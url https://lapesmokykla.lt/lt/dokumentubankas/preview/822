--- v0 (2025-10-30)
+++ v1 (2026-03-22)
@@ -1,249 +1,310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="000F1E99" w:rsidRDefault="00317F8B" w:rsidP="000F1E99">
+    <w:p w14:paraId="33AA9CC2" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="000F1E99" w:rsidRDefault="00317F8B" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="4189" w:firstLine="1907"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1E99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334C8296" w14:textId="77777777" w:rsidR="00317F8B" w:rsidRPr="000F1E99" w:rsidRDefault="00317F8B" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="4189" w:firstLine="1907"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1E99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Kauno r. Lapių pagrindinės mokyklos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193A929B" w14:textId="5EC879E1" w:rsidR="00317F8B" w:rsidRPr="000F1E99" w:rsidRDefault="00D62DB9" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="4189" w:firstLine="1907"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0034424E">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0034424E">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>vasario</w:t>
+      </w:r>
+      <w:r w:rsidR="0034424E">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00317F8B" w:rsidRPr="000F1E99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7716FD2D" w14:textId="2D7F5B11" w:rsidR="00317F8B" w:rsidRDefault="00D62DB9" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="4189" w:firstLine="1907"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidR="00317F8B" w:rsidRPr="000F1E99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V-19/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FBA261" w14:textId="77777777" w:rsidR="000F1E99" w:rsidRPr="000F1E99" w:rsidRDefault="000F1E99" w:rsidP="000F1E99">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="4"/>
         <w:ind w:left="4189"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1E99">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00317F8B" w:rsidRPr="000F1E99" w:rsidRDefault="00317F8B" w:rsidP="000F1E99">
-[...57 lines deleted...]
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="00317F8B">
+    <w:p w14:paraId="1B9146F8" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="00317F8B">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:spacing w:before="90" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4206" w:right="553"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">KAUNO R. LAPIŲ PAGRINDINĖS MOKYKLOS </w:t>
       </w:r>
       <w:r w:rsidR="004D7823" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MOKYTOJŲ TARYBOS</w:t>
       </w:r>
       <w:r w:rsidR="004D7823" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-57"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D7823" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NUOSTATAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00">
+    <w:p w14:paraId="2F5C68DE" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="072FDF26" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3470"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>BENDROSIOS</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00">
+    <w:p w14:paraId="529067C1" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="8"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="30"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="00317F8B">
+    <w:p w14:paraId="08E944BD" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="00317F8B" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1201"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="103" w:firstLine="851"/>
+        <w:ind w:left="284" w:right="103" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Kauno r. Lapių pagrindinės mokyklos (toliau – Mokykla) </w:t>
       </w:r>
       <w:r w:rsidR="004D7823" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mokytojų taryba (toliau – Mokytojų taryba)</w:t>
       </w:r>
       <w:r w:rsidR="004D7823" w:rsidRPr="00704A5F">
         <w:rPr>
@@ -493,62 +554,62 @@
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="004D7823" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>direktoriui</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="77FEB02B" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1261"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="108" w:firstLine="851"/>
+        <w:ind w:left="284" w:right="108" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mokytojų</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
@@ -767,1970 +828,1310 @@
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> nuostatais</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ir kitais teisės aktais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="60C885F8" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1230"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="103" w:firstLine="851"/>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="99" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mokytojų tarybos išvados ir pasiūlymai, teikiami steigėjui, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> direktoriui,</w:t>
+        <w:t>Mokytojų tarybos veiklą reglamentuoja Mokytojų tarybos nuostatai (toliau – Nuostatai),</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">kitoms </w:t>
+        <w:t>kuriuos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>įsakymu tvirtina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B13CC" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:noProof/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...24 lines deleted...]
-        <w:t>pobūdžio.</w:t>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>direktorius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="07C86B31" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC4EB8D" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="005B13CC" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2659"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563DCE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II.STRUKTŪRA, VALDYMAS IR SUDARYMO PRINCIPAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538D5544" w14:textId="77777777" w:rsidR="005B13CC" w:rsidRPr="00704A5F" w:rsidRDefault="005B13CC" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2659"/>
+        </w:tabs>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700CF1C2" w14:textId="32E096C1" w:rsidR="001443DA" w:rsidRPr="001443DA" w:rsidRDefault="004D7823" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1201"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="99" w:firstLine="851"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="103" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...68 lines deleted...]
-        <w:t>direktorius.</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>taryba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sudaro</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8292A" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ma i</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43D76" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š šešių</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8292A" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokykloje dirbančių pedagog</w:t>
+      </w:r>
+      <w:r w:rsidR="001443DA" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8292A" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001443DA" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8292A" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iš kiekvienos metodinės </w:t>
+      </w:r>
+      <w:r w:rsidR="001443DA" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(kalbų, gamtos ir tiksliųjų, meninio, technologijų ir fizinio ugdymo, iš socialinių mokslų) </w:t>
+      </w:r>
+      <w:r w:rsidR="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupės- po vieną, iš</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8292A" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pradinių klasių renkami du</w:t>
+      </w:r>
+      <w:r w:rsidR="001443DA" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001443DA" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00">
-[...463 lines deleted...]
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="3BA39A6F" w14:textId="77777777" w:rsidR="00563DCE" w:rsidRPr="00704A5F" w:rsidRDefault="00A5512F" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1223"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="102" w:firstLine="851"/>
+        <w:ind w:left="284" w:right="102" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mokytojų tarybai vadovauja pirmininkas, išrenkamas atviru balsavimu balsų dauguma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pirmajame</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>naujos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sudėties</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mokytojų</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tarybos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>posėdyje.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pats</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>asmuo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mokytojų</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tarybos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pirmininku</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-57"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00704A5F">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>gali būti dvi kadencijas iš eilės. Nutrūkus Mokytojų tarybos pirmininko įgaliojimams pirma laiko, į</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>jo vietą atviru balsavimu balsų dauguma Mokytojų tarybos posėdyje išrenkamas naujas Mokytojų</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tarybos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pirmininkas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="000F1E99">
+    <w:p w14:paraId="0E687104" w14:textId="77777777" w:rsidR="00563DCE" w:rsidRPr="00563DCE" w:rsidRDefault="00A5512F" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1314"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:before="76" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="105" w:firstLine="887"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="103" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
-[...387 lines deleted...]
-        <w:t>pirmininko pavaduotojas.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokytojų </w:t>
+      </w:r>
+      <w:r w:rsidR="00563DCE" w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos sekretorius renkamas iš Mokytojų tarybos atviru balsavimu balsų dauguma. Mokytojų tarybos dokumentus pagal Dokumentų tvarkymo ir apskaitos taisykles tvarko sekretorius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="57C44E04" w14:textId="77777777" w:rsidR="00A5512F" w:rsidRPr="001443DA" w:rsidRDefault="00563DCE" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1314"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:before="43" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="104" w:firstLine="851"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="103" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...322 lines deleted...]
-        <w:t>tarybos posėdis.</w:t>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokytojų </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5512F" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tarybos posėdžiai šaukiami ne rečiau kaip tris kartus per metus. Prireikus gali būti kviečiamas neeilinis posėdis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="20F1C5B3" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1314"/>
+        </w:tabs>
+        <w:spacing w:before="43" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="104" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inicijuoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirmininkas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rečiau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15EEE" w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kartus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15EEE" w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Prireikus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gali būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sušauktas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>išplėstinis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos posėdis.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41607" w:rsidRPr="00E41607">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41607" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Posėdis yra </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41607" w:rsidRPr="00563DCE">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teisėtas</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41607" w:rsidRPr="001443DA">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, jei jame dalyvauja ne mažiau kaip du trečdaliai Mokytojų tarybos narių. Nutarimai priimami posėdyje dalyvavusių narių balsų dauguma. Jei balsai pasiskirsto tolygiai, sprendimą lemia pirmininko balsas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763A1A1F" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1326"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="102" w:firstLine="851"/>
+        <w:ind w:left="284" w:right="102" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Posėdis yra teisėtas, jei jame dalyvauja ne mažiau kaip du trečdaliai Mokytojų tarybos</w:t>
+        <w:t>Mokytojų tarybos nutarimai yra</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>narių. Nutarimai priimami posėdyje dalyvaujančių balsų dauguma. Mokytojų tarybos nutarimai yra</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>teisėti,</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>jei jie</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>neprieštarauja teisės aktams.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00">
+    <w:p w14:paraId="2E091D03" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
         <w:spacing w:before="5"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="2EAAB869" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="3081"/>
         </w:tabs>
-        <w:ind w:left="3080" w:hanging="401"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MOKYTOJŲ</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-5"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TARYBOS</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FUNKCIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00">
+    <w:p w14:paraId="66715016" w14:textId="77777777" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="008C3E00" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
         <w:spacing w:before="10"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="30"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823">
+    <w:p w14:paraId="241A41D2" w14:textId="41336A94" w:rsidR="008C3E00" w:rsidRDefault="004D7823" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1314"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:left="1314" w:hanging="360"/>
-[...11 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mokytojų</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>taryba</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -2758,5721 +2159,4276 @@
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>šias</w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>funkcijas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2F99" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="35AEF3AE" w14:textId="77777777" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...13 lines deleted...]
-        <w:t>ptaria švietimo politikos įgyvendinimo klausimus, praktinius pedagoginės veiklos tobulinimo būdus, mokytojo profesijos kompetencijos tobulinimo galimybes;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> aptaria švietimo politikos įgyvendinimo klausimus, praktinius pedagoginės veiklos tobulinimo būdus, mokytojo profesijos kompetencijos tobulinimo galimybes; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E2F99" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="42C09D6B" w14:textId="37A61F67" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...13 lines deleted...]
-        <w:t>nicijuoja kaitos procesus;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> svarsto veiklos ir ugdymo planų įgyvendinimą ir ugdymo (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) rezultatus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00720B58" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="7E5C3687" w14:textId="087E56F1" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...13 lines deleted...]
-        <w:t>ormuoja ir koreguoja veiklos tikslus ir uždavinius;</w:t>
+      <w:r>
+        <w:t xml:space="preserve">inicijuoja kaitos procesus, formuoja ir koreguoja veiklos tikslus ir uždavinius; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00720B58" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="77E1A6A2" w14:textId="06B94110" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...13 lines deleted...]
-        <w:t>lanuoja ugdymo turinį ir priima nutarimus praktiniais švietimo reformos įgyvendinimo, mokinių ugdymo kokybės klausimais;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> aptaria vaikų sveikatos, socialinės paramos, ugdymo (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">), prevencinės veiklos, poilsio, mitybos, saugumo klausimus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F2E4C" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="0FBDC45A" w14:textId="1AC467E5" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...29 lines deleted...]
-        <w:t>bes;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> teikia siūlymus dėl mokytojų kvalifikacijos tobulinimo; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00720B58" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="0C2CB256" w14:textId="773422F1" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...29 lines deleted...]
-        <w:t>ndraisiais ugdymo planais, steigėjo sprendimais ir kitais norminiais aktais;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> nustato mokytojų bendravimo ir bendradarbiavimo būdus, ryšių palaikymo ir tėvų informavimo principus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F26AA" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="1C3F6442" w14:textId="0C626297" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...53 lines deleted...]
-        <w:t>;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> nustato mokinių pažangos ir pasiekimų vertinimo, informacijos rinkimo ir panaudojimo tvarką, atsiskaitymo formas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F26AA" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="73958529" w14:textId="6E1BEE41" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...37 lines deleted...]
-        <w:t>;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> sprendžia kitus pedagogų profesinius ir bendruosius ugdymo klausimus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F26AA" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="67C8DF99" w14:textId="14C77E27" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...13 lines deleted...]
-        <w:t>iskutuoja dėl mokyklos strateginio plano, veiklos programos, aptaria ugdymo plano, bendrųjų ugdymo ugdymosi programų įgyvendinimo ir bendrųjų išsilavinimo standartų pasiekimų klausimais;</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> renka atstovus į Tarybą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="001F26AA" w:rsidP="00B15EEE">
+    <w:p w14:paraId="6C8C8D59" w14:textId="783E89E2" w:rsidR="00382205" w:rsidRPr="00382205" w:rsidRDefault="00382205" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">s; </w:t>
+      <w:r>
+        <w:t>svarsto ir priima nutarimus teisės aktų nustatytais ir Mokyklos direktoriaus teikiamais klausimais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F26AA" w:rsidRPr="00704A5F" w:rsidRDefault="001F26AA" w:rsidP="00B15EEE">
+    <w:p w14:paraId="0A47C443" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2104"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E40E91F" w14:textId="47505CF8" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2104"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MOKYTOJŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>TARYBOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>NARIŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>TEISĖS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PAREIGOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3C3F9A" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7160BBCD" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1314"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirmininkas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teisę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2711A4E8" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="43"/>
+        <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:noProof/>
-[...10 lines deleted...]
-        <w:t>svarsto mokinių neformaliojo ugdymo klausimus;</w:t>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>siūlyti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>planą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F26AA" w:rsidRPr="00704A5F" w:rsidRDefault="00D27E5D" w:rsidP="00B15EEE">
+    <w:p w14:paraId="6AF00E74" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1576"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="102" w:right="106" w:firstLine="851"/>
+        <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="105" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:noProof/>
-[...14 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kviesti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kitų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>savivaldos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>institucijų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atstovus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>direktorių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>administraciją</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokytojus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kitus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>svarstomu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>klausimu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>susijusius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>asmenis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kviestinių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>narių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>patariamojo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>balso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teisėmis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27E5D" w:rsidRPr="00704A5F" w:rsidRDefault="00D27E5D" w:rsidP="00B15EEE">
+    <w:p w14:paraId="16675E7F" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-[...52 lines deleted...]
-          <w:noProof/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organizuoti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nutarimų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rekomendacijų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vykdymo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stebėseną</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27E5D" w:rsidRPr="00704A5F" w:rsidRDefault="00D27E5D" w:rsidP="00B15EEE">
+    <w:p w14:paraId="16A0E669" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1538"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
-        <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>skelbti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pakeisti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>datą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>darbotvarkę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00B15EEE">
+    <w:p w14:paraId="35B40D6E" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1504"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
-        <w:spacing w:line="278" w:lineRule="auto"/>
-[...190 lines deleted...]
-          <w:noProof/>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>siūlyti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>reglamentą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nutarimo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>projektą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B15EEE" w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57741325" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1314"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirmininkas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...5 lines deleted...]
-        <w:t>plano parengimo ir jų įgyvendinimo;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>privalo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00B15EEE">
+    <w:p w14:paraId="1B0F58A5" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1511"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...61 lines deleted...]
-          <w:noProof/>
+        <w:spacing w:before="43" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="102" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>prieš</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>savaitę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>informuoti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>narius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>datą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...103 lines deleted...]
-          <w:noProof/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-57"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B15EEE" w:rsidRPr="00704A5F">
-[...150 lines deleted...]
-        <w:t>panaudojimo;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>darbotvarkę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00B15EEE">
+    <w:p w14:paraId="36C8827D" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
-        <w:spacing w:before="40"/>
-[...18 lines deleted...]
-          <w:noProof/>
+        <w:spacing w:line="275" w:lineRule="exact"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...99 lines deleted...]
-        <w:t>sklaidą;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pedagogo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>etikos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>principų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00B15EEE">
+    <w:p w14:paraId="4542D95D" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
         <w:spacing w:before="41"/>
-        <w:ind w:left="1494" w:hanging="540"/>
-[...17 lines deleted...]
-          <w:noProof/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>informuoti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...9 lines deleted...]
-          <w:noProof/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>anksčiau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>priimtų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...9 lines deleted...]
-          <w:noProof/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nutarimų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...22 lines deleted...]
-        <w:t>skatinimo;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rekomendacijų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vykdymą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00B15EEE">
-[...161 lines deleted...]
-    <w:p w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="004D7823" w:rsidP="00B15EEE">
+    <w:p w14:paraId="3099AA77" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1614"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
         </w:tabs>
-        <w:spacing w:before="42"/>
-        <w:ind w:left="1614" w:hanging="660"/>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>leisti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nariui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>anksto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>susipažinti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>svarstymo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>medžiaga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122D5D5E" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="43"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>taupiai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>naudoti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laiką</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71639339" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1310"/>
+        </w:tabs>
+        <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="108" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirmininkas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sprendžiamojo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>balso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teisę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atsako</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>už</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>visą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>veiklą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1413D4C4" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1314"/>
+        </w:tabs>
+        <w:spacing w:line="275" w:lineRule="exact"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nariai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teisę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D61BC6" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="43"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>anksto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>susipažinti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>svarstymo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>medžiaga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF45A17" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>išsakyti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nuomonę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>svarstomu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>klausimu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aktyviai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dalyvauti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>veikloje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7830F20E" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>konfidencialumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pedagoginės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>etikos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>principų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bendrabūvio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>normų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C2EACA" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teikti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pasiūlymus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>darbotvarkei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nutarimams</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B609D8" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teisę</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokyklos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>administracijos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>informaciją</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mokyklos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>veiklą</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA481BB" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1314"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nariai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>privalo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5411A9BD" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="44"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dalyvauti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžiuose</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A9AA73" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>priimti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pastabas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pasiūlymus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFCE21B" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1494"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>taupiai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>naudoti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laiką</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7B07F6" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1561"/>
+        </w:tabs>
+        <w:spacing w:before="43" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="109" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:noProof/>
-[...31 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>prašyti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mokytojų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirmininko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>leidimo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nedalyvauti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdyje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dėl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>svarbios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>priežasties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...9 lines deleted...]
-          <w:noProof/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pranešti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pirmininkui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00704A5F">
-[...43 lines deleted...]
-          <w:noProof/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nedalyvavimo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>priežastis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00731571">
-[...1 lines deleted...]
-        <w:pStyle w:val="Antrat1"/>
+    <w:p w14:paraId="5DED669F" w14:textId="77777777" w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2104"/>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:before="1"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00B15EEE">
+    <w:p w14:paraId="7786BE25" w14:textId="0FE3F7DB" w:rsidR="00731571" w:rsidRDefault="0076402F" w:rsidP="0076402F">
       <w:pPr>
         <w:pStyle w:val="Antrat1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2104"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="3377"/>
         </w:tabs>
-        <w:spacing w:before="1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00704A5F">
-[...68 lines deleted...]
-        <w:t>PAREIGOS</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00731571" w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>BAIGIAMOSIOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00731571" w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00731571" w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00731571">
-[...6 lines deleted...]
-          <w:sz w:val="30"/>
+    <w:p w14:paraId="37A83C10" w14:textId="77777777" w:rsidR="0076402F" w:rsidRPr="00704A5F" w:rsidRDefault="0076402F" w:rsidP="0076402F">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="3377"/>
+        </w:tabs>
+        <w:ind w:left="3469" w:firstLine="0"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00731571">
+    <w:p w14:paraId="465E9B12" w14:textId="4C1511CC" w:rsidR="00731571" w:rsidRDefault="00731571" w:rsidP="00D62DB9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1314"/>
         </w:tabs>
-        <w:ind w:left="1314" w:hanging="360"/>
-[...11 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mokytojų</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tarybos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>posėdžio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>protokolas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>turi</w:t>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00704A5F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>teisę</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>dokumentas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00731571">
+    <w:p w14:paraId="5F588CBC" w14:textId="77777777" w:rsidR="0076402F" w:rsidRPr="00704A5F" w:rsidRDefault="0076402F" w:rsidP="0076402F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1494"/>
-[...960 lines deleted...]
-        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1314"/>
         </w:tabs>
-        <w:spacing w:before="41"/>
-[...72 lines deleted...]
-      </w:r>
+        <w:ind w:left="993" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00731571">
-[...2653 lines deleted...]
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00731571">
+    <w:p w14:paraId="582BFF89" w14:textId="57A5D9E0" w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="0076402F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1614"/>
         </w:tabs>
         <w:spacing w:before="42"/>
         <w:rPr>
-          <w:noProof/>
-[...20 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="27"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704A5F">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6540F29C" wp14:editId="07A82736">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AF70E6D" wp14:editId="62F13566">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3191510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>109220</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1752600" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1" name="Freeform 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1752600" cy="1270"/>
                         </a:xfrm>
@@ -8520,207 +6476,103 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="320D3645" id="Freeform 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:251.3pt;margin-top:8.6pt;width:138pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2760,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0inAFBAMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW1v0zAQ/o7Ef7D8EdTlhaxdq6XT1KwI&#10;acCklR/gOk4TkdjBdpsOxH/nfE66tgMJIfIhtXPn55577ny9vtk3NdkJbSolUxpdhJQIyVVeyU1K&#10;v6yWoytKjGUyZ7WSIqVPwtCb+etX1107E7EqVZ0LTQBEmlnXprS0tp0FgeGlaJi5UK2QYCyUbpiF&#10;rd4EuWYdoDd1EIfhOOiUzlutuDAGvmbeSOeIXxSC289FYYQldUqBm8W3xvfavYP5NZttNGvLivc0&#10;2D+waFglIegBKmOWka2uXkA1FdfKqMJecNUEqigqLjAHyCYKz7J5LFkrMBcQx7QHmcz/g+Wfdg+a&#10;VDnUjhLJGijRUgvhBCexU6drzQycHtsH7fIz7b3iXw0YghOL2xjwIevuo8oBhW2tQkX2hW7cSciV&#10;7FH4p4PwYm8Jh4/R5DIeh1AfDrYonmBdAjYbzvKtse+FQhy2uzfWly2HFYqe99RXAFE0NVTw7YiE&#10;5DJKYnz1ZT64Qa7e7U1AViHpSDwZD71wcIoHJ8SaTMPfY70b3BxWfIQF/DcDQ1YOpPle9qxhRZi7&#10;JiHq1Crj9FkBt0EgQAAnl+EffCH2ua8/04fQ0P/nna8pgc5fe0laZh0zF8ItSZdSlMJ9aNROrBSa&#10;7FnlIMiztZbHXnj8mJU3wwkXANrGLzCo43pUWamWVV1jaWvpqIzD6Ri1Maqucmd0bIzerBe1Jjvm&#10;7jQ+LhkAO3FrtbEZM6X3Q5PPWautzDFKKVh+168tq2q/BqAaRYfu7LVxfYq3+cc0nN5d3V0loyQe&#10;342SMMtGt8tFMhovoYezd9likUU/HecomZVVngvpaA+TJUr+7ub2M87PhMNsOUnvRIUlPi9VCE5p&#10;oEiQy/DrizBcXX/X1yp/gmuslR+VMNphUSr9nZIOxmRKzbct04KS+oOEOTSNksTNVdwkl5MYNvrY&#10;sj62MMkBKqWWQue75cL6WbxtdbUpIVKE9ZbqFsZHUbl7jnPGs+o3MAoxg35su1l7vEev5z+X+S8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVa+YY3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtZW4UacRJFWIU6FKvcABUSrObrzEVuN1iN0m/D3bExx35ml2pt7MvhcXHKMLpGC1zEAg&#10;tcE46hQcPnb3axAxaTK6D4QKfjDCprm9qXVlwkTveNmnTnAIxUorsCkNlZSxteh1XIYBib2vMHqd&#10;+Bw7aUY9cbjvZZ5lhfTaEX+wesCtxfa0P3sFxZt1cusKlJ+Tt6fv9nX3chiVulvMz08gEs7pD4Zr&#10;fa4ODXc6hjOZKHoFj1leMMpGmYNgoCzXLByvwgPIppb/FzS/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADSKcAUEAwAApAYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhANVr5hjcAAAACQEAAA8AAAAAAAAAAAAAAAAAXgUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABnBgAAAAA=&#10;" path="m,l2760,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="7093E19F" id="Freeform 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:251.3pt;margin-top:8.6pt;width:138pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2760,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPAjaJqwIAALwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8EcTyQteyaumENoaQ&#10;Bkxa+QGu7TQRjm1st+n49ZzPSZcV+ILIB8vOnZ977rnzXV4dOkX20vnW6IoWZzklUnMjWr2t6Lf1&#10;7Zt3lPjAtGDKaFnRR+np1erli8veLmVpGqOEdARAtF/2tqJNCHaZZZ43smP+zFipwVgb17EAR7fN&#10;hGM9oHcqK/N8nvXGCesMl97D35tkpCvEr2vJw9e69jIQVVHgFnB1uG7imq0u2XLrmG1aPtBg/8Ci&#10;Y62GoEeoGxYY2bn2N6iu5c54U4czbrrM1HXLJeYA2RT5STYPDbMScwFxvD3K5P8fLP+yv3ekFVA7&#10;SjTroES3TsooOCmjOr31S3B6sPcu5uftneHfPRiyZ5Z48OBDNv1nIwCF7YJBRQ616+JNyJUcUPjH&#10;o/DyEAiHn8XivJznUB8OtqJcYF0ythzv8p0PH6VBHLa/8yGVTcAORRcD9TVA1J2CCr5+Q3JyXsxK&#10;XIYyH90g1+T2KiPrnPSkXMzHXjg6laMTYi0u8j9jvR3dIlY5wQL+25Eha0bS/KAH1rAjLD6THHWy&#10;xkd91sBtFAgQwClm+BdfiH3qm+4MIRz0/2nnO0qg8zdJEstCZBZDxC3pK4pSxB+d2cu1QVM4qRwE&#10;ebIqPfXC61NWyQw3YgBom7TBoJHrpLLa3LZKYWmVjlTm+cUctfFGtSIaIxvvtptr5ciexTeNX0wG&#10;wJ65WefDDfNN8kNTytmZnRYYpZFMfBj2gbUq7QFIgejY37Gl0xvYGPEI7e1MGiEw8mDTGPeTkh7G&#10;R0X9jx1zkhL1ScP7vChmszhv8DA7X5RwcFPLZmphmgNURQOFjojb65Bm1M66dttApAJ10OY9PKu6&#10;jf2P/BKr4QAjAmUYxlmcQdMzej0N3dUvAAAA//8DAFBLAwQUAAYACAAAACEA1WvmGNwAAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7WVuFGnESRViFOhSr3AAVEqzm68xFbjdYjd&#10;Jvw92xMcd+ZpdqbezL4XFxyjC6RgtcxAILXBOOoUHD5292sQMWkyug+ECn4wwqa5val1ZcJE73jZ&#10;p05wCMVKK7ApDZWUsbXodVyGAYm9rzB6nfgcO2lGPXG472WeZYX02hF/sHrArcX2tD97BcWbdXLr&#10;CpSfk7en7/Z193IYlbpbzM9PIBLO6Q+Ga32uDg13OoYzmSh6BY9ZXjDKRpmDYKAs1ywcr8IDyKaW&#10;/xc0vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDPAjaJqwIAALwFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDVa+YY3AAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" path="m,l2760,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1752600,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00731571" w:rsidRPr="00704A5F" w:rsidRDefault="00731571" w:rsidP="00731571">
-[...103 lines deleted...]
-    <w:sectPr w:rsidR="008C3E00" w:rsidRPr="00704A5F">
+    <w:sectPr w:rsidR="008C3E00" w:rsidRPr="00704A5F" w:rsidSect="0076402F">
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="1460" w:right="460" w:bottom="280" w:left="1600" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="460" w:bottom="280" w:left="1600" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1986572D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D624344"/>
     <w:lvl w:ilvl="0" w:tplc="D70C8AA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3469" w:hanging="214"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F58EEFAC">
       <w:numFmt w:val="bullet"/>
@@ -8807,67 +6659,67 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69C4FC46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8569" w:hanging="214"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60154299"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="68FC0F1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="673" w:hanging="247"/>
+        <w:ind w:left="1098" w:hanging="247"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="988" w:hanging="420"/>
+        <w:ind w:left="846" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="102" w:hanging="610"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -8932,143 +6784,160 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7759" w:hanging="610"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:val="bestFit" w:percent="225"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="170"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C3E00"/>
     <w:rsid w:val="0006075E"/>
     <w:rsid w:val="000F1E99"/>
+    <w:rsid w:val="001443DA"/>
+    <w:rsid w:val="001744A9"/>
     <w:rsid w:val="001F26AA"/>
     <w:rsid w:val="002E2F99"/>
     <w:rsid w:val="00317F8B"/>
     <w:rsid w:val="003220C8"/>
+    <w:rsid w:val="0034424E"/>
+    <w:rsid w:val="00382205"/>
     <w:rsid w:val="003F2E4C"/>
     <w:rsid w:val="004D7823"/>
     <w:rsid w:val="004E072D"/>
     <w:rsid w:val="00513D41"/>
+    <w:rsid w:val="005161C8"/>
+    <w:rsid w:val="00524EBB"/>
+    <w:rsid w:val="00563DCE"/>
+    <w:rsid w:val="0059242E"/>
     <w:rsid w:val="005B13CC"/>
+    <w:rsid w:val="005F2421"/>
     <w:rsid w:val="00704A5F"/>
     <w:rsid w:val="00720B58"/>
     <w:rsid w:val="00731571"/>
+    <w:rsid w:val="00734274"/>
+    <w:rsid w:val="0076402F"/>
     <w:rsid w:val="008C3E00"/>
+    <w:rsid w:val="008F2D7C"/>
     <w:rsid w:val="00A5512F"/>
     <w:rsid w:val="00A55EDC"/>
     <w:rsid w:val="00AE65C7"/>
     <w:rsid w:val="00B15EEE"/>
     <w:rsid w:val="00D27E5D"/>
+    <w:rsid w:val="00D62DB9"/>
+    <w:rsid w:val="00E41607"/>
+    <w:rsid w:val="00E43D76"/>
     <w:rsid w:val="00E44B31"/>
+    <w:rsid w:val="00E8292A"/>
     <w:rsid w:val="00F027A6"/>
     <w:rsid w:val="00F06B5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="09E55A49"/>
-  <w15:docId w15:val="{47CC348C-1E57-48F7-B69B-DE0FEBD44C88}"/>
+  <w14:docId w14:val="753B3D35"/>
+  <w15:docId w15:val="{66402D78-ED91-48D1-ABB7-6BA449825E9E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9204,51 +7073,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -9400,50 +7269,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="2103" w:hanging="3644"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
@@ -9524,90 +7394,121 @@
     <w:link w:val="DebesliotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00704A5F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00704A5F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001443DA"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lt-LT"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="218134615">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="655500832">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="775559107">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9849,80 +7750,96 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E04B97BD-636A-4475-8F1B-9B87763F0CEB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2733</Characters>
+  <Pages>2</Pages>
+  <Words>3385</Words>
+  <Characters>1931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>***</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7512</CharactersWithSpaces>
+  <CharactersWithSpaces>5306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>42kab</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-09-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2013</vt:lpwstr>
   </property>