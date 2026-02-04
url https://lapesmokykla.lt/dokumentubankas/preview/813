--- v0 (2025-10-29)
+++ v1 (2026-02-04)
@@ -239,59 +239,65 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CEA2420" w14:textId="77777777" w:rsidR="00916408" w:rsidRPr="00C2655E" w:rsidRDefault="00916408" w:rsidP="00916408">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72B65B01" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
+    <w:p w14:paraId="72B65B01" w14:textId="6C2A4C49" w:rsidR="003A02D5" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>2025-_____-___</w:t>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5814">
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-_____-___</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58CE399C" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Lapės</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A850670" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C54DEB0" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
@@ -317,109 +323,93 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>braukti)</w:t>
       </w:r>
       <w:r>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EEFE446" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> ___________________________________________________________, gimusį(</w:t>
-[...7 lines deleted...]
-        <w:t>) ___________</w:t>
+        <w:t xml:space="preserve"> ___________________________________________________________, gimusį(ią) ___________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14151F35" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRPr="00171A0B" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00171A0B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(vaiko vardas ir pavardė, gimimo data) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095AFC90" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRPr="000A7DC7" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0297DEA8" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:r>
-        <w:t>_______________________, gyvenantį(</w:t>
-[...7 lines deleted...]
-        <w:t>) _____________________________________________</w:t>
+        <w:t>_______________________, gyvenantį(ią) _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17458B4E" w14:textId="77777777" w:rsidR="003A02D5" w:rsidRPr="001D7BAF" w:rsidRDefault="003A02D5" w:rsidP="003A02D5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                             </w:t>
       </w:r>
       <w:r w:rsidRPr="001D7BAF">
@@ -618,67 +608,51 @@
     <w:p w14:paraId="6EBC8872" w14:textId="6A66920E" w:rsidR="00F45AAB" w:rsidRPr="00290A44" w:rsidRDefault="00F45AAB" w:rsidP="00290A44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Turi</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> s</w:t>
+        <w:t>Turiu s</w:t>
       </w:r>
       <w:r w:rsidRPr="00537145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>peciali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uosius</w:t>
       </w:r>
       <w:r w:rsidRPr="00537145">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymosi poreiki</w:t>
       </w:r>
@@ -1344,61 +1318,61 @@
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="11DF2D91" w14:textId="3617B139" w:rsidR="00357CA8" w:rsidRDefault="00045FFD" w:rsidP="00357CA8">
+  <w:p w14:paraId="11DF2D91" w14:textId="3617B139" w:rsidR="00357CA8" w:rsidRDefault="00AF5814" w:rsidP="00357CA8">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="39E3C3A1" w14:textId="77777777" w:rsidR="00357CA8" w:rsidRPr="005B6548" w:rsidRDefault="00045FFD" w:rsidP="00357CA8">
+  <w:p w14:paraId="39E3C3A1" w14:textId="77777777" w:rsidR="00357CA8" w:rsidRPr="005B6548" w:rsidRDefault="00AF5814" w:rsidP="00357CA8">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4958DDFB" w14:textId="77777777" w:rsidR="00357CA8" w:rsidRDefault="00045FFD">
+  <w:p w14:paraId="4958DDFB" w14:textId="77777777" w:rsidR="00357CA8" w:rsidRDefault="00AF5814">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E900048"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0709C02"/>
     <w:lvl w:ilvl="0" w:tplc="4140C518">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -1663,108 +1637,108 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00916408"/>
     <w:rsid w:val="00045FFD"/>
     <w:rsid w:val="000F4210"/>
     <w:rsid w:val="001A756F"/>
     <w:rsid w:val="001D7BAF"/>
     <w:rsid w:val="00290A44"/>
     <w:rsid w:val="002C37E9"/>
     <w:rsid w:val="003A02D5"/>
     <w:rsid w:val="00505251"/>
     <w:rsid w:val="00916408"/>
+    <w:rsid w:val="00AF5814"/>
     <w:rsid w:val="00BA1696"/>
     <w:rsid w:val="00C2655E"/>
     <w:rsid w:val="00C44DDE"/>
     <w:rsid w:val="00D836E6"/>
     <w:rsid w:val="00F45AAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2F8DA9E3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{197A995E-D01C-4CAC-A201-34D9D3B15965}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -2550,70 +2524,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1999</Words>
-  <Characters>1140</Characters>
+  <Words>2000</Words>
+  <Characters>1141</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3133</CharactersWithSpaces>
+  <CharactersWithSpaces>3135</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Saulė Melzbakienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>