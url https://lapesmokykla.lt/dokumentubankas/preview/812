--- v0 (2025-10-29)
+++ v1 (2026-02-04)
@@ -236,62 +236,62 @@
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> UGDYMO </w:t>
       </w:r>
       <w:r w:rsidR="000A7BEF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>GRUPĘ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71EE83B4" w14:textId="77777777" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00916408">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="663F8EF1" w14:textId="49B9C159" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00916408">
+    <w:p w14:paraId="663F8EF1" w14:textId="4F10BB94" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00916408">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="000A7DC7">
-        <w:t>25</w:t>
+      <w:r w:rsidR="005F18DE">
+        <w:t>____</w:t>
       </w:r>
       <w:r>
         <w:t>-_____-___</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F5BABD0" w14:textId="28B67B46" w:rsidR="00916408" w:rsidRDefault="000A7DC7" w:rsidP="00916408">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4020"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Lapės</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ADB127E" w14:textId="77777777" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00916408">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64EA8820" w14:textId="77777777" w:rsidR="000A7DC7" w:rsidRDefault="00916408" w:rsidP="000A7DC7">
@@ -320,59 +320,51 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
       <w:r w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>braukti)</w:t>
       </w:r>
       <w:r>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="716153FF" w14:textId="6824C01A" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="000A7DC7">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> ___________________________________________________________, gimusį(</w:t>
-[...7 lines deleted...]
-        <w:t>) ___________</w:t>
+        <w:t xml:space="preserve"> ___________________________________________________________, gimusį(ią) ___________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE050F4" w14:textId="495AF636" w:rsidR="00916408" w:rsidRPr="00171A0B" w:rsidRDefault="00916408" w:rsidP="000A7DC7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00171A0B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(vaiko vardas ir pavardė, gimimo data) </w:t>
       </w:r>
@@ -417,80 +409,100 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                             </w:t>
       </w:r>
       <w:r w:rsidR="00916408" w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00916408" w:rsidRPr="00601C22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>deklaruotos gyvenamosios vietos adresas)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0A9C83" w14:textId="23EA738E" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00171A0B">
+    <w:p w14:paraId="087A6F22" w14:textId="46A1462E" w:rsidR="007E1E46" w:rsidRDefault="00916408" w:rsidP="00171A0B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>nuo 20</w:t>
       </w:r>
       <w:r w:rsidR="000A7DC7">
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> m.__________</w:t>
       </w:r>
       <w:r w:rsidR="000A7DC7">
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ___ d. į Kauno r. </w:t>
       </w:r>
       <w:r w:rsidR="000A7DC7">
         <w:t xml:space="preserve">Lapių pagrindinės mokyklos priešmokyklinio </w:t>
       </w:r>
       <w:r>
         <w:t>ugdymo grupę.</w:t>
       </w:r>
       <w:r w:rsidRPr="00691520">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>Nesant vietų ugdymo įstaigoje, kuri priskirta pagal deklaruotą gyvenamąją vietą, kita arčiausiai gyvenamosios vietos esanti ugdymo įstaiga, kurią pageidautume lankyti yra</w:t>
+    </w:p>
+    <w:p w14:paraId="3E111D2A" w14:textId="77777777" w:rsidR="007E1E46" w:rsidRDefault="007E1E46" w:rsidP="00171A0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0A9C83" w14:textId="56156B47" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00171A0B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E1E46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nesant vietų</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ugdymo įstaigoje, kuri priskirta pagal deklaruotą gyvenamąją vietą, kita arčiausiai gyvenamosios vietos esanti ugdymo įstaiga, kurią pageidautume lankyti yra</w:t>
+      </w:r>
+      <w:r w:rsidR="00982E88">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E230A95" w14:textId="77777777" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00171A0B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1159CA6D" w14:textId="2BD28CDD" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00171A0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0D78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -572,63 +584,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdymosi poreiki</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">us </w:t>
       </w:r>
       <w:r w:rsidRPr="000A7BEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(pridėti tai patvirtinančius dokumentus)</w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>(pridėti tai patvirtinančius dokumentus).</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BCD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="659052AE" w14:textId="77777777" w:rsidR="00916408" w:rsidRPr="007C2D7D" w:rsidRDefault="00916408" w:rsidP="00916408">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34ECD20B" wp14:editId="7C42AD82">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5748767</wp:posOffset>
@@ -1193,82 +1193,81 @@
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>parašas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)                                                                 (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pareiškėjo vardas ir pavardė</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F94E06" w14:textId="77777777" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00916408"/>
     <w:p w14:paraId="6FB8514C" w14:textId="4143647E" w:rsidR="00916408" w:rsidRDefault="00916408" w:rsidP="00916408">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00916408" w:rsidSect="00171A0B">
+    <w:sectPr w:rsidR="00916408" w:rsidSect="007E1E46">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="426" w:right="567" w:bottom="142" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="567" w:bottom="142" w:left="1276" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="115C7FAB" w14:textId="77777777" w:rsidR="00F72FB6" w:rsidRDefault="00F72FB6">
+    <w:p w14:paraId="134A40F0" w14:textId="77777777" w:rsidR="007177FB" w:rsidRDefault="007177FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53744C62" w14:textId="77777777" w:rsidR="00F72FB6" w:rsidRDefault="00F72FB6">
+    <w:p w14:paraId="6E11D11B" w14:textId="77777777" w:rsidR="007177FB" w:rsidRDefault="007177FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1283,58 +1282,58 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A3AB54B" w14:textId="77777777" w:rsidR="00F72FB6" w:rsidRDefault="00F72FB6">
+    <w:p w14:paraId="224AD6AB" w14:textId="77777777" w:rsidR="007177FB" w:rsidRDefault="007177FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E0B1728" w14:textId="77777777" w:rsidR="00F72FB6" w:rsidRDefault="00F72FB6">
+    <w:p w14:paraId="7F6CA8E3" w14:textId="77777777" w:rsidR="007177FB" w:rsidRDefault="007177FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1351227729"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="75DDF022" w14:textId="77777777" w:rsidR="00F65E68" w:rsidRDefault="00916408" w:rsidP="00357CA8">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
@@ -1639,81 +1638,84 @@
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00916408"/>
     <w:rsid w:val="000A7BEF"/>
     <w:rsid w:val="000A7DC7"/>
     <w:rsid w:val="00171A0B"/>
     <w:rsid w:val="003432A4"/>
     <w:rsid w:val="00505251"/>
+    <w:rsid w:val="005F18DE"/>
+    <w:rsid w:val="007177FB"/>
     <w:rsid w:val="00790330"/>
+    <w:rsid w:val="007E1E46"/>
     <w:rsid w:val="00861EB1"/>
     <w:rsid w:val="00916408"/>
     <w:rsid w:val="0095747E"/>
+    <w:rsid w:val="00982E88"/>
     <w:rsid w:val="00C9560E"/>
     <w:rsid w:val="00F72FB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2519,70 +2521,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1858</Words>
-  <Characters>1060</Characters>
+  <Words>1861</Words>
+  <Characters>1061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2913</CharactersWithSpaces>
+  <CharactersWithSpaces>2917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Saulė Melzbakienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>